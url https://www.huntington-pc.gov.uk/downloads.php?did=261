--- v0 (2026-01-02)
+++ v1 (2026-03-04)
@@ -4,5085 +4,5201 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3BDD6D81" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+    <w:p w14:paraId="2FFCC45B" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BDD6D82" wp14:editId="3BDD6D83">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FFCC45C" wp14:editId="2FFCC45D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>2590796</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>412751</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3244848" cy="711202"/>
+                <wp:extent cx="3244218" cy="711202"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="614249492" name="Text Box 2"/>
+                <wp:docPr id="1643003083" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3244848" cy="711202"/>
+                          <a:ext cx="3244218" cy="711202"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                           <a:prstDash/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3BDD6D8C" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="2FFCC466" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>HUNTINGTON BURIAL AUTHORITY</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3BDD6D8D" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="2FFCC467" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>Notice of Interment Form</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" compatLnSpc="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="3BDD6D82" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="2FFCC45C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:204pt;margin-top:32.5pt;width:255.5pt;height:56pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtc+2fuwEAAGwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR/QfxD0vvgyb+2MOMW6oMOA&#10;YiuQ7gMUWYoFSKImKbGzrx8lZ0nQvQ17kUkeijo8pJf3k9HkIHxQYDtaLUpKhOXQK7vr6I+Xx7d3&#10;lITIbM80WNHRowj0fnXzZjm6VtQwgO6FJ1jEhnZ0HR1idG1RBD4Iw8ICnLAISvCGRXT9rug9G7G6&#10;0UVdlh+KEXzvPHARAkbXM0hXub6UgsfvUgYRie4ocov59PncprNYLVm788wNip9osH9gYZiy+Oi5&#10;1JpFRvZe/VXKKO4hgIwLDqYAKRUXuQfspipfdbMZmBO5FxQnuLNM4f+V5d8OG/fsSZweYMIBJkFG&#10;F9qAwdTPJL1JX2RKEEcJj2fZxBQJx+C7umnuGhw0R+y2quqyTmWKy23nQ/wiwJBkdNTjWLJa7PAU&#10;4pz6JyU9ZuFRaZ1Ho+2rQMpbszDMtxJcXPgmK07bCcFkbqE/Ym+4nvjoAP4XJSOOuqPh5555QYn+&#10;alHLj1XTpN3ITvP+tkbHXyPba4RZjqU6GimZzc9x3iccqGPxyW4cTxLNvD/tI0iVe7wwOnHGkWaV&#10;TuuXdubaz1mXn2T1GwAA//8DAFBLAwQUAAYACAAAACEASOPeCd4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0/DMBCE70j8B2uRuFG7qK+EbCoE4gqiPCRubrxNIuJ1FLtN+PcsJ3raXc1o9pti&#10;O/lOnWiIbWCE+cyAIq6Ca7lGeH97utmAismys11gQvihCNvy8qKwuQsjv9Jpl2olIRxzi9Ck1Oda&#10;x6ohb+Ms9MSiHcLgbZJzqLUb7CjhvtO3xqy0ty3Lh8b29NBQ9b07eoSP58PX58K81I9+2Y9hMpp9&#10;phGvr6b7O1CJpvRvhj98QYdSmPbhyC6qDmFhNtIlIayWMsWQzTNZ9uJcrw3ostDnFcpfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK1z7Z+7AQAAbAMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEjj3gneAAAACgEAAA8AAAAAAAAAAAAAAAAAFQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAgBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:204pt;margin-top:32.5pt;width:255.45pt;height:56pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXSz1uuwEAAGwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR/QfxD0vvgyb92MOEW7oMOA&#10;Yh2Q7QMUWYoFSKImKbGzrx8lp0nQvQ17kUkeijo8pJd3k9HkIHxQYDtaLUpKhOXQK7vr6M8fj28/&#10;UhIisz3TYEVHjyLQu9XNm+XoWlHDALoXnmARG9rRdXSI0bVFEfggDAsLcMIiKMEbFtH1u6L3bMTq&#10;Rhd1WX4oRvC988BFCBhdzyBd5fpSCh6fpQwiEt1R5Bbz6fO5TWexWrJ255kbFD/RYP/AwjBl8dFz&#10;qTWLjOy9+quUUdxDABkXHEwBUioucg/YTVW+6mYzMCdyLyhOcGeZwv8ry78dNu67J3F6gAkHmAQZ&#10;XWgDBlM/k/QmfZEpQRwlPJ5lE1MkHIPv6qapKxw0R+y2quqyTmWKy23nQ/wiwJBkdNTjWLJa7PAU&#10;4pz6kpIes/CotM6j0fZVIOWtWRjmWwkuLnyTFafthGAyt9AfsTdcT3x0AP+bkhFH3dHwa8+8oER/&#10;tajlp6pp0m5kp3l/W6Pjr5HtNcIsx1IdjZTM5uc47xMO1LH4ZDeOJ4lm3vf7CFLlHi+MTpxxpFml&#10;0/qlnbn2c9blJ1n9AQAA//8DAFBLAwQUAAYACAAAACEAmS/DZt8AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPTU/DMAyG70j8h8iTuLFkaB9t13RCIK4gBpu0W9Z4bbXGqZpsLf8ec2Iny/Kj18+b&#10;b0bXiiv2ofGkYTZVIJBKbxuqNHx/vT0mIEI0ZE3rCTX8YIBNcX+Xm8z6gT7xuo2V4BAKmdFQx9hl&#10;UoayRmfC1HdIfDv53pnIa19J25uBw10rn5RaSmca4g+16fClxvK8vTgNu/fTYT9XH9WrW3SDH5Uk&#10;l0qtHybj8xpExDH+w/Cnz+pQsNPRX8gG0WqYq4S7RA3LBU8G0lmSgjgyuVopkEUubysUvwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCXSz1uuwEAAGwDAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCZL8Nm3wAAAAoBAAAPAAAAAAAAAAAAAAAAABUE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAIQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3BDD6D8C" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                    <w:p w14:paraId="2FFCC466" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>HUNTINGTON BURIAL AUTHORITY</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3BDD6D8D" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                    <w:p w14:paraId="2FFCC467" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>Notice of Interment Form</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BDD6D84" wp14:editId="3BDD6D85">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FFCC45E" wp14:editId="2FFCC45F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>160020</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>589275</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1627202" cy="1497604"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="9864" y="550"/>
                 <wp:lineTo x="4300" y="1924"/>
                 <wp:lineTo x="759" y="3847"/>
                 <wp:lineTo x="1265" y="7695"/>
                 <wp:lineTo x="2276" y="9893"/>
                 <wp:lineTo x="3541" y="9893"/>
                 <wp:lineTo x="3035" y="11817"/>
                 <wp:lineTo x="3794" y="13740"/>
                 <wp:lineTo x="4806" y="14290"/>
                 <wp:lineTo x="2782" y="15664"/>
                 <wp:lineTo x="2276" y="16489"/>
                 <wp:lineTo x="2276" y="18962"/>
                 <wp:lineTo x="6829" y="19786"/>
                 <wp:lineTo x="14417" y="19786"/>
                 <wp:lineTo x="19981" y="18962"/>
                 <wp:lineTo x="19981" y="16763"/>
                 <wp:lineTo x="19222" y="15664"/>
                 <wp:lineTo x="16187" y="14290"/>
                 <wp:lineTo x="17199" y="14290"/>
                 <wp:lineTo x="17958" y="11542"/>
                 <wp:lineTo x="17705" y="9893"/>
                 <wp:lineTo x="18717" y="9893"/>
                 <wp:lineTo x="19981" y="7145"/>
                 <wp:lineTo x="19728" y="5496"/>
                 <wp:lineTo x="20740" y="4397"/>
                 <wp:lineTo x="18464" y="2198"/>
                 <wp:lineTo x="11382" y="550"/>
                 <wp:lineTo x="9864" y="550"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="123179008" name="Picture 1" descr="A logo with a deer head and flowers&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:docPr id="435893675" name="Picture 1" descr="A logo with a deer head and flowers&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect t="7826"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1627202" cy="1497604"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                       <a:prstDash/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BDD6D86" wp14:editId="3BDD6D87">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FFCC460" wp14:editId="2FFCC461">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>2590796</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>1066803</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3383280" cy="1150616"/>
+                <wp:extent cx="3383280" cy="1149986"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
-                <wp:docPr id="938498504" name="Text Box 2"/>
+                <wp:docPr id="1729839589" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3383280" cy="1150616"/>
+                          <a:ext cx="3383280" cy="1149986"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                           <a:prstDash/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3BDD6D8F" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="2FFCC469" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:spacing w:line="276" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>This is the application form for notice of interment in new lane cemetery. To be completed and submitted back to the Huntington Burial Clerk via email to:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3BDD6D90" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="2FFCC46A" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:spacing w:line="276" w:lineRule="auto"/>
                             </w:pPr>
                             <w:hyperlink r:id="rId7" w:history="1">
                               <w:r>
                                 <w:t>cemeteryclerk@huntington-pc.gov.uk</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
-                          <w:p w14:paraId="3BDD6D91" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="2FFCC46B" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Huntington Cemetery, New Lane, Huntington, YO32 9LY</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3BDD6D92" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                          <w:p w14:paraId="2FFCC46C" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                             <w:pPr>
                               <w:spacing w:line="276" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3BDD6D93" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                          <w:p w14:paraId="2FFCC46D" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                             <w:pPr>
                               <w:spacing w:line="276" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3BDD6D94" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13"/>
+                          <w:p w14:paraId="2FFCC46E" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" compatLnSpc="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3BDD6D86" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:204pt;margin-top:84pt;width:266.4pt;height:90.6pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6zPycvwEAAHQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2yAQvVfqPyDuje0km6ZWnNVuo60q&#10;rdpKaT+AYIiRgGGBxE6/vgNOk2h7q/aCmRl4vPdmvLofjCZH4YMC29BqUlIiLIdW2X1Df/18+rCk&#10;JERmW6bBioaeRKD36/fvVr2rxRQ60K3wBEFsqHvX0C5GVxdF4J0wLEzACYtFCd6wiKHfF61nPaIb&#10;XUzLclH04FvngYsQMLsZi3Sd8aUUPH6XMohIdEORW8yrz+surcV6xeq9Z65T/EyD/QcLw5TFRy9Q&#10;GxYZOXj1D5RR3EMAGSccTAFSKi6yBlRTla/UbDvmRNaC5gR3sSm8HSz/dty6H57E4REGbGAypHeh&#10;DphMegbpTfoiU4J1tPB0sU0MkXBMzmbL2XSJJY61qrorF9Ui4RTX686H+EWAIWnTUI99yXax43OI&#10;49G/R9JrFp6U1rk32r5KpHMbFrrxVioXV8JpF4fdQFR7I2YH7Qk14pji2x3435T02PKGhpcD84IS&#10;/dWip5+q+TzNSA7mdx+nGPjbyu62wixHqIZGSsbt5zjOFTbWsfhst44nq0b6D4cIUmWpiePI6Ewd&#10;W5vNOo9hmp3bOJ+6/izrPwAAAP//AwBQSwMEFAAGAAgAAAAhAG4hlxbdAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj09PwzAMxe9IfIfISNxYwijTWppOCMQVxPgjcfMar61onKrJ1vLt8U5ws/2e&#10;nn+v3My+V0caYxfYwvXCgCKug+u4sfD+9nS1BhUTssM+MFn4oQib6vysxMKFiV/puE2NkhCOBVpo&#10;UxoKrWPdkse4CAOxaPswekyyjo12I04S7nu9NGalPXYsH1oc6KGl+nt78BY+nvdfn5l5aR797TCF&#10;2Wj2ubb28mK+vwOVaE5/ZjjhCzpUwrQLB3ZR9RYys5YuSYTVaRBHLidQOws3Wb4EXZX6f4fqFwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHrM/Jy/AQAAdAMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG4hlxbdAAAACwEAAA8AAAAAAAAAAAAAAAAA&#10;GQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="2FFCC460" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:204pt;margin-top:84pt;width:266.4pt;height:90.55pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLv1m6vgEAAHQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9GuEyEQfTfxHwjvlm5br+2m2xu1ucbk&#10;Rk2qH0BZ6JIAg0C7W7/ega1tc30zvrDMDBzOOTO7fhysIScZogbX0GoypUQ6Aa12h4b++P70ZklJ&#10;TNy13ICTDT3LSB83r1+te1/LGXRgWhkIgrhY976hXUq+ZiyKTloeJ+Clw6KCYHnCMBxYG3iP6Naw&#10;2XT6wHoIrQ8gZIyY3Y5Fuin4SkmRvioVZSKmocgtlTWUdZ9Xtlnz+hC477S40OD/wMJy7fDRK9SW&#10;J06OQf8FZbUIEEGliQDLQCktZNGAaqrpCzW7jntZtKA50V9tiv8PVnw57fy3QNLwAQZsYDak97GO&#10;mMx6BhVs/iJTgnW08Hy1TQ6JCEzO58v5bIklgbWqWqxWy4eMw27XfYjpkwRL8qahAftS7OKn55jG&#10;o3+O5NccPGljSm+Me5HI57Y8duOtXGY3wnmXhv1AdHsnZg/tGTXimOLbHYRflPTY8obGn0ceJCXm&#10;s0NPV9VikWekBIu372YYhPvK/r7CnUCohiZKxu3HNM4VNtbz9Ox2XmSrRvrvjwmULlIzx5HRhTq2&#10;tph1GcM8O/dxOXX7WTa/AQAA//8DAFBLAwQUAAYACAAAACEAx6fBtd0AAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPT0/DMAzF70h8h8hI3FgyKNNamk4IxBXE+CNx8xqvrWicqsnW8u3xTnCz/Z6e&#10;f6/czL5XRxpjF9jCcmFAEdfBddxYeH97ulqDignZYR+YLPxQhE11flZi4cLEr3TcpkZJCMcCLbQp&#10;DYXWsW7JY1yEgVi0fRg9JlnHRrsRJwn3vb42ZqU9diwfWhzooaX6e3vwFj6e91+fmXlpHv3tMIXZ&#10;aPa5tvbyYr6/A5VoTn9mOOELOlTCtAsHdlH1FjKzli5JhNVpEEcuJ1A7CzdZvgRdlfp/h+oXAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAy79Zur4BAAB0AwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAx6fBtd0AAAALAQAADwAAAAAAAAAAAAAAAAAY&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACIFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3BDD6D8F" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                    <w:p w14:paraId="2FFCC469" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:spacing w:line="276" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>This is the application form for notice of interment in new lane cemetery. To be completed and submitted back to the Huntington Burial Clerk via email to:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3BDD6D90" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                    <w:p w14:paraId="2FFCC46A" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:spacing w:line="276" w:lineRule="auto"/>
                       </w:pPr>
                       <w:hyperlink r:id="rId8" w:history="1">
                         <w:r>
                           <w:t>cemeteryclerk@huntington-pc.gov.uk</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
-                    <w:p w14:paraId="3BDD6D91" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                    <w:p w14:paraId="2FFCC46B" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Huntington Cemetery, New Lane, Huntington, YO32 9LY</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3BDD6D92" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                    <w:p w14:paraId="2FFCC46C" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                       <w:pPr>
                         <w:spacing w:line="276" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3BDD6D93" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                    <w:p w14:paraId="2FFCC46D" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                       <w:pPr>
                         <w:spacing w:line="276" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3BDD6D94" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13"/>
+                    <w:p w14:paraId="2FFCC46E" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BDD6D82" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+    <w:p w14:paraId="2FFCC45C" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BDD6D83" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13"/>
-    <w:p w14:paraId="3BDD6D84" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13"/>
+    <w:p w14:paraId="2FFCC45D" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0"/>
+    <w:p w14:paraId="2FFCC45E" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10343" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2981"/>
         <w:gridCol w:w="2580"/>
         <w:gridCol w:w="1365"/>
         <w:gridCol w:w="3417"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6D86" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC460" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10343" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6D85" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC45F" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Funeral Director/Other Applicants </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6D89" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC463" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2981" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6D87" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC461" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7362" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6D88" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC462" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6D91" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC46B" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2981" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6D8A" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC464" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Address </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7362" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6D8B" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
-[...39 lines deleted...]
-          <w:p w14:paraId="3BDD6D90" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC465" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC466" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC467" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC468" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC469" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC46A" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6D96" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC470" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2981" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6D92" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC46C" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2580" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6D93" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC46D" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CFDFF1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6D94" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC46E" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Postcode: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6D95" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC46F" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6D99" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC473" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2981" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6D97" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC471" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Telephone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7362" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6D98" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC472" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6D9C" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC476" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2981" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6D9A" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC474" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date of Payment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7362" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6D9B" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC475" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BDD6D9D" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13"/>
+    <w:p w14:paraId="2FFCC477" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="246"/>
         <w:tblW w:w="10343" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="1143"/>
         <w:gridCol w:w="558"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="1238"/>
         <w:gridCol w:w="179"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C55B90" w14:paraId="1C6A5378" w14:textId="77777777" w:rsidTr="00C55B90">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC47A" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2981" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16C179EC" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC478" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Full Name of Deceased</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7362" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="176F1AF8" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC479" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C55B90" w14:paraId="4AAAACBC" w14:textId="77777777" w:rsidTr="00C55B90">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC482" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2981" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3610DEFD" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC47B" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Home Address of Deceased</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7362" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="404752D2" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...41 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC47C" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC47D" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC47E" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC47F" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC480" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC481" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C55B90" w14:paraId="1994EF73" w14:textId="77777777" w:rsidTr="00C55B90">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC487" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2981" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10B17EB1" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC483" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04561057" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC484" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CFDFF1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74BD8A62" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC485" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Postcode: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2672B4F5" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC486" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C55B90" w14:paraId="5990E801" w14:textId="77777777" w:rsidTr="00C55B90">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC48C" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01B2DD75" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC488" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Date of Death </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45E67A57" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC489" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35F03539" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC48A" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Aged</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B369F7A" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC48B" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C55B90" w14:paraId="1328A51C" w14:textId="77777777" w:rsidTr="00C55B90">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC48F" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="272162A7" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC48D" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Place of Death</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46D276E9" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC48E" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C55B90" w14:paraId="248C3F1F" w14:textId="77777777" w:rsidTr="00C55B90">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC492" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1952DC32" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC490" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Your Relationship to Deceased</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AD62669" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="251" w:lineRule="auto"/>
+          <w:p w14:paraId="2FFCC491" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="249" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BDD6D9E" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13"/>
-    <w:p w14:paraId="3BDD6D9F" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+    <w:p w14:paraId="2FFCC493" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0"/>
+    <w:p w14:paraId="2FFCC494" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
       <w:pPr>
-        <w:spacing w:line="251" w:lineRule="auto"/>
+        <w:spacing w:line="249" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BDD6DA0" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+    <w:p w14:paraId="2FFCC495" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
       <w:pPr>
-        <w:spacing w:line="251" w:lineRule="auto"/>
+        <w:spacing w:line="249" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BDD6DBC" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+    <w:p w14:paraId="2FFCC496" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
       <w:pPr>
-        <w:spacing w:line="251" w:lineRule="auto"/>
+        <w:spacing w:line="249" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BDD6DBD" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+    <w:p w14:paraId="2FFCC497" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
       <w:pPr>
-        <w:spacing w:line="251" w:lineRule="auto"/>
+        <w:spacing w:line="249" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10343" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="846"/>
         <w:gridCol w:w="1280"/>
         <w:gridCol w:w="134"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="1501"/>
         <w:gridCol w:w="423"/>
         <w:gridCol w:w="380"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="287"/>
         <w:gridCol w:w="4197"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6DBF" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC499" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10343" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DBE" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC498" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Next of Kin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6DC5" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC49F" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="224064"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DC0" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC49A" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
               </w:rPr>
               <w:t>Nam</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CFDFF1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DC1" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC49B" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Forename: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2786" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DC2" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC49C" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CFDFF1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DC3" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC49D" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Surname: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DC4" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC49E" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6DCD" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4A7" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2988" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DC6" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4A0" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DC7" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
-[...39 lines deleted...]
-          <w:p w14:paraId="3BDD6DCC" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4A1" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC4A2" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC4A3" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC4A4" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC4A5" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFCC4A6" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6DD2" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4AC" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2988" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DCE" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4A8" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1501" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DCF" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4A9" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CFDFF1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DD0" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4AA" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Postcode: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4484" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DD1" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4AB" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6DD7" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4B1" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DD3" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4AD" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Telephone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DD4" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4AE" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DD5" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4AF" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5051" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DD6" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4B0" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BDD6DD8" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13"/>
+    <w:p w14:paraId="2FFCC4B2" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10343" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1539"/>
-        <w:gridCol w:w="583"/>
+        <w:gridCol w:w="2122"/>
         <w:gridCol w:w="86"/>
         <w:gridCol w:w="406"/>
         <w:gridCol w:w="312"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="243"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="523"/>
         <w:gridCol w:w="13"/>
         <w:gridCol w:w="23"/>
-        <w:gridCol w:w="66"/>
-        <w:gridCol w:w="311"/>
+        <w:gridCol w:w="377"/>
         <w:gridCol w:w="437"/>
         <w:gridCol w:w="12"/>
         <w:gridCol w:w="699"/>
         <w:gridCol w:w="895"/>
         <w:gridCol w:w="237"/>
         <w:gridCol w:w="18"/>
         <w:gridCol w:w="316"/>
         <w:gridCol w:w="252"/>
         <w:gridCol w:w="123"/>
         <w:gridCol w:w="1416"/>
         <w:gridCol w:w="710"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6DDA" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4B4" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10343" w:type="dxa"/>
-            <w:gridSpan w:val="24"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DD9" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4B3" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Funeral Arrangements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6DDD" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4B7" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4851" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DDB" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4B5" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Name of the person interred (If Re-open)  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5492" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DDC" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4B6" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6DE8" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4C2" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DDE" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4B8" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Reserved or Selected Plot Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CFDFF1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DDF" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4B9" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Side:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DE0" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4BA" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DE1" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4BB" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Left</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DE2" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4BC" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DE3" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4BD" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Right</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1594" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CFDFF1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DE4" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4BE" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Row Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="823" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DE5" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4BF" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CFDFF1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DE6" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4C0" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Plot Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DE7" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4C1" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6DED" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4C9" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
+            <w:tcW w:w="10343" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DE9" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="2FFCC4C8" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Date </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Fees Due</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...92 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6DEF" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4D1" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10343" w:type="dxa"/>
-            <w:gridSpan w:val="24"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DEE" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2FFCC4CA" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>Fees Due</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Please Select</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="804" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFCC4CB" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1889" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFCC4CC" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Double Grave</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFCC4CD" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1861" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFCC4CE" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Single Grave</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="691" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFCC4CF" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFCC4D0" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Cremated Remains</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6DF7" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4D6" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2122" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2614" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DF0" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4D2" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Please Select</w:t>
+              <w:t xml:space="preserve">Plot Fee </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="804" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:tcW w:w="2614" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DF1" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
-[...2 lines deleted...]
-              <w:jc w:val="right"/>
+          <w:p w14:paraId="2FFCC4D3" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFCC4D4" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
-[...3 lines deleted...]
-              <w:t>☐</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Interment Fee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1889" w:type="dxa"/>
+            <w:tcW w:w="2501" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DF2" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
-[...143 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2FFCC4D5" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6DFC" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4DA" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2614" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3351" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DF8" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4D7" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Plot Fee </w:t>
+              <w:t xml:space="preserve">Admin Fee (Set Fee) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2614" w:type="dxa"/>
+            <w:tcW w:w="3025" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DF9" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
-[...33 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="2FFCC4D8" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...2 lines deleted...]
-              <w:t>Interment Fee</w:t>
+              </w:rPr>
+              <w:t>£35.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2501" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:tcW w:w="3967" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6DFB" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4D9" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6E00" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4DE" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3351" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="3967" w:type="dxa"/>
+            <w:tcW w:w="4815" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...35 lines deleted...]
-            <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CFDFF1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6E01" w14:textId="67202A18" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4DB" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">New Lane Cemetery Pricing - </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>Click he</w:t>
               </w:r>
+              <w:bookmarkStart w:id="0" w:name="_Hlt216189700"/>
+              <w:bookmarkStart w:id="1" w:name="_Hlt216189701"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>r</w:t>
               </w:r>
+              <w:bookmarkEnd w:id="0"/>
+              <w:bookmarkEnd w:id="1"/>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>e</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6E02" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4DC" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Total Fees</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6E03" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4DD" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BDD6E05" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13"/>
+    <w:p w14:paraId="2FFCC4DF" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10343" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6E07" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4E1" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10343" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="1F4167"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6E06" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4E0" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FOR BURIAL CLERK USE ONLY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6E0A" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4E4" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="224064"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6E08" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4E2" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Receipt Number </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6E09" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4E3" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6E0D" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4E7" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="224064"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6E0B" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4E5" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Grant of Exclusive Right to Burial Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6E0C" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4E6" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00042E13" w14:paraId="3BDD6E10" w14:textId="77777777">
+      <w:tr w:rsidR="00C37BF0" w14:paraId="2FFCC4EA" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="224064"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6E0E" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+          <w:p w14:paraId="2FFCC4E8" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Register of Buria Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDD6E0F" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+          <w:p w14:paraId="2FFCC4E9" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BDD6E11" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="3BDD6E14" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+    <w:p w14:paraId="2FFCC4EB" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0"/>
+    <w:p w14:paraId="2FFCC4EC" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0"/>
+    <w:p w14:paraId="2FFCC4ED" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0"/>
+    <w:p w14:paraId="2FFCC4EE" w14:textId="5B7F2332" w:rsidR="00C37BF0" w:rsidRDefault="00D751E0">
       <w:pPr>
         <w:pageBreakBefore/>
-        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:spacing w:line="254" w:lineRule="auto"/>
       </w:pPr>
-    </w:p>
-[...359 lines deleted...]
-    <w:p w14:paraId="3BDD6E28" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BDD6D88" wp14:editId="4F149184">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FFCC464" wp14:editId="53674672">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>53340</wp:posOffset>
+                  <wp:posOffset>120650</wp:posOffset>
                 </wp:positionH>
-                <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>5882005</wp:posOffset>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>527050</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6596381" cy="1329052"/>
-                <wp:effectExtent l="0" t="0" r="0" b="4448"/>
+                <wp:extent cx="6407785" cy="6794500"/>
+                <wp:effectExtent l="0" t="0" r="0" b="6350"/>
                 <wp:wrapNone/>
-                <wp:docPr id="96491111" name="Text Box 4"/>
+                <wp:docPr id="842136150" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6596381" cy="1329052"/>
+                          <a:ext cx="6407785" cy="6794500"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                           <a:prstDash/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3BDD6D96" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
-[...136 lines deleted...]
-                          <w:p w14:paraId="3BDD6D9A" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="2FFCC474" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Payment Information </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="53B0247C" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRPr="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
+                          <w:p w14:paraId="2FFCC475" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C55B90">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>No work is to be carried out without the prior approval of the Clerk</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00C55B90">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:br/>
                               <w:t>Once approved, you will receive an invoice for the payment, this will include a unique REFERENCE NUMBER</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="277485F6" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRPr="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
+                          <w:p w14:paraId="2FFCC476" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C55B90">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>NO PAYMENT CAN BE ACCEPTED WITHOUT A CORRECT REFERENCE NUMBER.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3C43EAD6" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRPr="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
+                          <w:p w14:paraId="2FFCC477" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C55B90">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Once payment is received, you’ll be sent a receipt, and the work can then be arranged.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="66858D0A" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRPr="00C55B90" w:rsidRDefault="00C55B90">
+                          <w:p w14:paraId="5324F8E9" w14:textId="24967F5F" w:rsidR="009041CA" w:rsidRDefault="009041CA">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Please note: Huntington Cemetery will only accept payment via BACS from January 2026</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2FFCC478" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3BDD6DA4" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="2FFCC479" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t xml:space="preserve">NOTE: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3BDD6DA5" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="2FFCC47A" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">The digging of the grave is required to be arranged by the Funeral Director together with </w:t>
-[...5 lines deleted...]
-                              <w:t>the disposal of soil. The Cemetery Clerk to the Council will arrange to mark the grave site and provide access to the necessary gear for committal.</w:t>
+                              <w:t>The digging of the grave is required to be arranged by the Funeral Director together with the disposal of soil. The Cemetery Clerk to the Council will arrange to mark the grave site and provide access to the necessary gear for committal.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3BDD6DA6" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="2FFCC47B" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t xml:space="preserve">MAXIMUM depth of grave is 6 feet and after committal the grave will be back filled, turf replaced, and the site left in a properly clean and tidy condition. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3BDD6DA7" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="2FFCC47C" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t>This Cemetery is governed by Rules and Regulations as laid down by the Burial Authority at the time of the funeral, and a link to a copy is below.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3BDD6DA8" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="55E2D687" w14:textId="7B3EE192" w:rsidR="00D751E0" w:rsidRPr="00D751E0" w:rsidRDefault="00D751E0">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
                             <w:hyperlink r:id="rId10" w:history="1">
-                              <w:r>
-                                <w:t>Cemetery Rules Form</w:t>
+                              <w:r w:rsidRPr="00D751E0">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlink"/>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:sz w:val="28"/>
+                                  <w:szCs w:val="28"/>
+                                </w:rPr>
+                                <w:t>Cemetery Terms and Conditions</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
-                          <w:p w14:paraId="3BDD6DA9" w14:textId="4250C3DD" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="2FFCC47E" w14:textId="36608657" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Alternatively, should this link not be in working order, please go to our Parish Council website and download a copy, print and sign. </w:t>
-[...22 lines deleted...]
-                              <w:t xml:space="preserve"> this form. </w:t>
+                              <w:t xml:space="preserve">Alternatively, should this link not be in working order, please go to our Parish Council website and download a copy, print and sign. Please return a signed copy alongside this form. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3BDD6DAA" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="2FFCC47F" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t>Please sign and return this acknowledgement.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3BDD6DAB" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                          <w:p w14:paraId="2FFCC480" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3BDD6DAC" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                          <w:p w14:paraId="2FFCC481" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t>To be signed by the Funeral Director/person giving the order:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3BDD6DAD" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="10172" w:type="dxa"/>
+                              <w:tblCellMar>
+                                <w:left w:w="10" w:type="dxa"/>
+                                <w:right w:w="10" w:type="dxa"/>
+                              </w:tblCellMar>
+                              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="3193"/>
+                              <w:gridCol w:w="582"/>
+                              <w:gridCol w:w="1309"/>
+                              <w:gridCol w:w="2326"/>
+                              <w:gridCol w:w="2762"/>
+                            </w:tblGrid>
+                            <w:tr w:rsidR="00D751E0" w14:paraId="49FCE5A8" w14:textId="77777777" w:rsidTr="00D751E0">
+                              <w:tblPrEx>
+                                <w:tblCellMar>
+                                  <w:top w:w="0" w:type="dxa"/>
+                                  <w:bottom w:w="0" w:type="dxa"/>
+                                </w:tblCellMar>
+                              </w:tblPrEx>
+                              <w:trPr>
+                                <w:trHeight w:val="567"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3775" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                                  <w:tcMar>
+                                    <w:top w:w="0" w:type="dxa"/>
+                                    <w:left w:w="108" w:type="dxa"/>
+                                    <w:bottom w:w="0" w:type="dxa"/>
+                                    <w:right w:w="108" w:type="dxa"/>
+                                  </w:tcMar>
+                                  <w:vAlign w:val="center"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="42F21559" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                                  <w:pPr>
+                                    <w:spacing w:after="0"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                    </w:rPr>
+                                    <w:t>Signature:</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="6397" w:type="dxa"/>
+                                  <w:gridSpan w:val="3"/>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                                  <w:tcMar>
+                                    <w:top w:w="0" w:type="dxa"/>
+                                    <w:left w:w="108" w:type="dxa"/>
+                                    <w:bottom w:w="0" w:type="dxa"/>
+                                    <w:right w:w="108" w:type="dxa"/>
+                                  </w:tcMar>
+                                  <w:vAlign w:val="center"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="5C29C87A" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                                  <w:pPr>
+                                    <w:spacing w:after="0"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D751E0" w14:paraId="0C3F30D2" w14:textId="77777777" w:rsidTr="00D751E0">
+                              <w:tblPrEx>
+                                <w:tblCellMar>
+                                  <w:top w:w="0" w:type="dxa"/>
+                                  <w:bottom w:w="0" w:type="dxa"/>
+                                </w:tblCellMar>
+                              </w:tblPrEx>
+                              <w:trPr>
+                                <w:trHeight w:val="567"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="5084" w:type="dxa"/>
+                                  <w:gridSpan w:val="3"/>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                                  <w:tcMar>
+                                    <w:top w:w="0" w:type="dxa"/>
+                                    <w:left w:w="108" w:type="dxa"/>
+                                    <w:bottom w:w="0" w:type="dxa"/>
+                                    <w:right w:w="108" w:type="dxa"/>
+                                  </w:tcMar>
+                                  <w:vAlign w:val="center"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="0603491C" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                                  <w:pPr>
+                                    <w:spacing w:after="0"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                    </w:rPr>
+                                    <w:t>Relationship to Deceased:</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="5088" w:type="dxa"/>
+                                  <w:gridSpan w:val="2"/>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                                  <w:tcMar>
+                                    <w:top w:w="0" w:type="dxa"/>
+                                    <w:left w:w="108" w:type="dxa"/>
+                                    <w:bottom w:w="0" w:type="dxa"/>
+                                    <w:right w:w="108" w:type="dxa"/>
+                                  </w:tcMar>
+                                  <w:vAlign w:val="center"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="471859F0" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                                  <w:pPr>
+                                    <w:spacing w:after="0"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00D751E0" w14:paraId="2F0B306C" w14:textId="77777777" w:rsidTr="00D751E0">
+                              <w:tblPrEx>
+                                <w:tblCellMar>
+                                  <w:top w:w="0" w:type="dxa"/>
+                                  <w:bottom w:w="0" w:type="dxa"/>
+                                </w:tblCellMar>
+                              </w:tblPrEx>
+                              <w:trPr>
+                                <w:trHeight w:val="567"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3193" w:type="dxa"/>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                                  <w:tcMar>
+                                    <w:top w:w="0" w:type="dxa"/>
+                                    <w:left w:w="108" w:type="dxa"/>
+                                    <w:bottom w:w="0" w:type="dxa"/>
+                                    <w:right w:w="108" w:type="dxa"/>
+                                  </w:tcMar>
+                                  <w:vAlign w:val="center"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="6F409997" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                                  <w:pPr>
+                                    <w:spacing w:after="0"/>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                    </w:rPr>
+                                    <w:t>Date:</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="4217" w:type="dxa"/>
+                                  <w:gridSpan w:val="3"/>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                                  <w:tcMar>
+                                    <w:top w:w="0" w:type="dxa"/>
+                                    <w:left w:w="108" w:type="dxa"/>
+                                    <w:bottom w:w="0" w:type="dxa"/>
+                                    <w:right w:w="108" w:type="dxa"/>
+                                  </w:tcMar>
+                                  <w:vAlign w:val="center"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="1C5123A1" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                                  <w:pPr>
+                                    <w:spacing w:after="0"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2762" w:type="dxa"/>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                                  <w:tcMar>
+                                    <w:top w:w="0" w:type="dxa"/>
+                                    <w:left w:w="10" w:type="dxa"/>
+                                    <w:bottom w:w="0" w:type="dxa"/>
+                                    <w:right w:w="10" w:type="dxa"/>
+                                  </w:tcMar>
+                                </w:tcPr>
+                                <w:p w14:paraId="6FD08F02" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                                  <w:pPr>
+                                    <w:spacing w:after="0"/>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p w14:paraId="2FFCC482" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3BDD6DAE" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                          <w:p w14:paraId="2FFCC483" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3BDD6DAF" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                          <w:p w14:paraId="2FFCC484" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3BDD6DB0" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                          <w:p w14:paraId="2FFCC485" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" compatLnSpc="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3BDD6D8A" id="Text Box 1" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:9.4pt;margin-top:41.5pt;width:504.55pt;height:430.3pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPr56UwwEAAHQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XhJoFmiEWbVFW1Va&#10;dSvR/QDj2MSS43FtQ0K/vmOHBbR9W/XF8Vx85syZyep+6Aw5Sh80WEank5ISaQU02u4Zff718GFJ&#10;SYjcNtyAlYyeZKD36/fvVr2r5QxaMI30BEFsqHvHaBujq4siiFZ2PEzASYtBBb7jEU2/LxrPe0Tv&#10;TDEry3nRg2+cByFDQO9mDNJ1xldKivikVJCRGEaRW8ynz+cuncV6xeu9567V4kyDv4FFx7XFoheo&#10;DY+cHLz+B6rTwkMAFScCugKU0kLmHrCbafmqm23Lncy9oDjBXWQK/w9W/Dhu3U9P4vAFBhxgEqR3&#10;oQ7oTP0Mynfpi0wJxlHC00U2OUQi0DmvysViOadEYOyumlfLacYprs+dD/GbhI6kC6Me55Ll4sfH&#10;ELEkpr6kpGoWHrQxeTbGvnKkvA0P7fgqhYsr4XSLw24gumH040szO2hO2COuKdZuwf+hpMeRMxp+&#10;H7iXlJjvFjX9NK2qtCPZqO4WMzT8bWR3G+FWIBSjkZLx+jWOe4WDdTw+2q0TSdCR/udDBKVzq4nj&#10;yOhMHUebFTivYdqdWztnXX+W9V8AAAD//wMAUEsDBBQABgAIAAAAIQCExjy83gAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT8JAFITvJvyHzSPxJrsCQlu7JUTjVSOKibel+2gbum+b7kLrv/dx&#10;0uNkJjPf5JvRteKCfWg8abifKRBIpbcNVRo+P17uEhAhGrKm9YQafjDAppjc5CazfqB3vOxiJbiE&#10;QmY01DF2mZShrNGZMPMdEntH3zsTWfaVtL0ZuNy1cq7USjrTEC/UpsOnGsvT7uw07F+P319L9VY9&#10;u4du8KOS5FKp9e103D6CiDjGvzBc8RkdCmY6+DPZIFrWCZNHDcmCL119NV+nIA4a0uViBbLI5f8L&#10;xS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz6+elMMBAAB0AwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhMY8vN4AAAAKAQAADwAAAAAAAAAA&#10;AAAAAAAdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="2FFCC464" id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:9.5pt;margin-top:41.5pt;width:504.55pt;height:535pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjZ9ixwwEAAHQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3YiJ9m14qy2jbaq&#10;tGpXSvsBBEOMBAwFEjv9+g44m0Tbt2pfMHNh5pwz49XDYDQ5Ch8U2IZOJyUlwnJold039NfPp093&#10;lITIbMs0WNHQkwj0Yf3xw6p3tZhBB7oVnmARG+reNbSL0dVFEXgnDAsTcMJiUII3LKLp90XrWY/V&#10;jS5mZbkoevCt88BFCOjdjEG6zvWlFDz+kDKISHRDEVvMp8/nLp3FesXqvWeuU/wMg/0HCsOUxaaX&#10;UhsWGTl49U8po7iHADJOOJgCpFRcZA7IZlq+YbPtmBOZC4oT3EWm8H5l+ffj1r14EofPMOAAkyC9&#10;C3VAZ+IzSG/SF5ESjKOEp4tsYoiEo3NRlcvl3ZwSjrHF8r6al1nY4vrc+RC/CjAkXRrqcS5ZLnZ8&#10;DhFbYuprSupm4UlpnWej7RtHytuw0I2vUri4Ak63OOwGotqGzl7J7KA9IUdcU+zdgf9DSY8jb2j4&#10;fWBeUKK/WdT0flpVaUeyUc2XMzT8bWR3G2GWY6mGRkrG65c47hUO1rH4bLeOJ0FH+I+HCFJlqgnj&#10;iOgMHUebFTivYdqdWztnXX+W9V8AAAD//wMAUEsDBBQABgAIAAAAIQCvIaKH3AAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTE9NT8MwDL0j8R8iI3FjSQdDXWk6IRBXEOND4uY1XlvROFWTreXf453g&#10;ZD8/632Um9n36khj7AJbyBYGFHEdXMeNhfe3p6scVEzIDvvAZOGHImyq87MSCxcmfqXjNjVKRDgW&#10;aKFNaSi0jnVLHuMiDMTC7cPoMQkcG+1GnETc93ppzK322LE4tDjQQ0v19/bgLXw8778+b8xL8+hX&#10;wxRmo9mvtbWXF/P9HahEc/p7hlN8iQ6VZNqFA7uoesFrqZIs5NcyT7xZ5hmonWzZSm66KvX/DtUv&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACNn2LHDAQAAdAMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK8hoofcAAAACwEAAA8AAAAAAAAAAAAA&#10;AAAAHQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAmBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3BDD6D9A" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                    <w:p w14:paraId="2FFCC474" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Payment Information </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="53B0247C" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRPr="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
+                    <w:p w14:paraId="2FFCC475" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C55B90">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>No work is to be carried out without the prior approval of the Clerk</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00C55B90">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:br/>
                         <w:t>Once approved, you will receive an invoice for the payment, this will include a unique REFERENCE NUMBER</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="277485F6" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRPr="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
+                    <w:p w14:paraId="2FFCC476" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C55B90">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>NO PAYMENT CAN BE ACCEPTED WITHOUT A CORRECT REFERENCE NUMBER.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3C43EAD6" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRPr="00C55B90" w:rsidRDefault="00C55B90" w:rsidP="00C55B90">
+                    <w:p w14:paraId="2FFCC477" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C55B90">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Once payment is received, you’ll be sent a receipt, and the work can then be arranged.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="66858D0A" w14:textId="77777777" w:rsidR="00C55B90" w:rsidRPr="00C55B90" w:rsidRDefault="00C55B90">
+                    <w:p w14:paraId="5324F8E9" w14:textId="24967F5F" w:rsidR="009041CA" w:rsidRDefault="009041CA">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>Please note: Huntington Cemetery will only accept payment via BACS from January 2026</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2FFCC478" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3BDD6DA4" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                    <w:p w14:paraId="2FFCC479" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t xml:space="preserve">NOTE: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3BDD6DA5" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                    <w:p w14:paraId="2FFCC47A" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">The digging of the grave is required to be arranged by the Funeral Director together with </w:t>
-[...5 lines deleted...]
-                        <w:t>the disposal of soil. The Cemetery Clerk to the Council will arrange to mark the grave site and provide access to the necessary gear for committal.</w:t>
+                        <w:t>The digging of the grave is required to be arranged by the Funeral Director together with the disposal of soil. The Cemetery Clerk to the Council will arrange to mark the grave site and provide access to the necessary gear for committal.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3BDD6DA6" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                    <w:p w14:paraId="2FFCC47B" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve">MAXIMUM depth of grave is 6 feet and after committal the grave will be back filled, turf replaced, and the site left in a properly clean and tidy condition. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3BDD6DA7" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                    <w:p w14:paraId="2FFCC47C" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t>This Cemetery is governed by Rules and Regulations as laid down by the Burial Authority at the time of the funeral, and a link to a copy is below.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3BDD6DA8" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
-[...2 lines deleted...]
-                          <w:t>Cemetery Rules Form</w:t>
+                    <w:p w14:paraId="55E2D687" w14:textId="7B3EE192" w:rsidR="00D751E0" w:rsidRPr="00D751E0" w:rsidRDefault="00D751E0">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:hyperlink r:id="rId11" w:history="1">
+                        <w:r w:rsidRPr="00D751E0">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlink"/>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                          </w:rPr>
+                          <w:t>Cemetery Terms and Conditions</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
-                    <w:p w14:paraId="3BDD6DA9" w14:textId="4250C3DD" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                    <w:p w14:paraId="2FFCC47E" w14:textId="36608657" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Alternatively, should this link not be in working order, please go to our Parish Council website and download a copy, print and sign. </w:t>
-[...22 lines deleted...]
-                        <w:t xml:space="preserve"> this form. </w:t>
+                        <w:t xml:space="preserve">Alternatively, should this link not be in working order, please go to our Parish Council website and download a copy, print and sign. Please return a signed copy alongside this form. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3BDD6DAA" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                    <w:p w14:paraId="2FFCC47F" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t>Please sign and return this acknowledgement.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3BDD6DAB" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                    <w:p w14:paraId="2FFCC480" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3BDD6DAC" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00246F55">
+                    <w:p w14:paraId="2FFCC481" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t>To be signed by the Funeral Director/person giving the order:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3BDD6DAD" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblW w:w="10172" w:type="dxa"/>
+                        <w:tblCellMar>
+                          <w:left w:w="10" w:type="dxa"/>
+                          <w:right w:w="10" w:type="dxa"/>
+                        </w:tblCellMar>
+                        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="3193"/>
+                        <w:gridCol w:w="582"/>
+                        <w:gridCol w:w="1309"/>
+                        <w:gridCol w:w="2326"/>
+                        <w:gridCol w:w="2762"/>
+                      </w:tblGrid>
+                      <w:tr w:rsidR="00D751E0" w14:paraId="49FCE5A8" w14:textId="77777777" w:rsidTr="00D751E0">
+                        <w:tblPrEx>
+                          <w:tblCellMar>
+                            <w:top w:w="0" w:type="dxa"/>
+                            <w:bottom w:w="0" w:type="dxa"/>
+                          </w:tblCellMar>
+                        </w:tblPrEx>
+                        <w:trPr>
+                          <w:trHeight w:val="567"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3775" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                            <w:tcMar>
+                              <w:top w:w="0" w:type="dxa"/>
+                              <w:left w:w="108" w:type="dxa"/>
+                              <w:bottom w:w="0" w:type="dxa"/>
+                              <w:right w:w="108" w:type="dxa"/>
+                            </w:tcMar>
+                            <w:vAlign w:val="center"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="42F21559" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              </w:rPr>
+                              <w:t>Signature:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="6397" w:type="dxa"/>
+                            <w:gridSpan w:val="3"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                            <w:tcMar>
+                              <w:top w:w="0" w:type="dxa"/>
+                              <w:left w:w="108" w:type="dxa"/>
+                              <w:bottom w:w="0" w:type="dxa"/>
+                              <w:right w:w="108" w:type="dxa"/>
+                            </w:tcMar>
+                            <w:vAlign w:val="center"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="5C29C87A" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D751E0" w14:paraId="0C3F30D2" w14:textId="77777777" w:rsidTr="00D751E0">
+                        <w:tblPrEx>
+                          <w:tblCellMar>
+                            <w:top w:w="0" w:type="dxa"/>
+                            <w:bottom w:w="0" w:type="dxa"/>
+                          </w:tblCellMar>
+                        </w:tblPrEx>
+                        <w:trPr>
+                          <w:trHeight w:val="567"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="5084" w:type="dxa"/>
+                            <w:gridSpan w:val="3"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                            <w:tcMar>
+                              <w:top w:w="0" w:type="dxa"/>
+                              <w:left w:w="108" w:type="dxa"/>
+                              <w:bottom w:w="0" w:type="dxa"/>
+                              <w:right w:w="108" w:type="dxa"/>
+                            </w:tcMar>
+                            <w:vAlign w:val="center"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="0603491C" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              </w:rPr>
+                              <w:t>Relationship to Deceased:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="5088" w:type="dxa"/>
+                            <w:gridSpan w:val="2"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                            <w:tcMar>
+                              <w:top w:w="0" w:type="dxa"/>
+                              <w:left w:w="108" w:type="dxa"/>
+                              <w:bottom w:w="0" w:type="dxa"/>
+                              <w:right w:w="108" w:type="dxa"/>
+                            </w:tcMar>
+                            <w:vAlign w:val="center"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="471859F0" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00D751E0" w14:paraId="2F0B306C" w14:textId="77777777" w:rsidTr="00D751E0">
+                        <w:tblPrEx>
+                          <w:tblCellMar>
+                            <w:top w:w="0" w:type="dxa"/>
+                            <w:bottom w:w="0" w:type="dxa"/>
+                          </w:tblCellMar>
+                        </w:tblPrEx>
+                        <w:trPr>
+                          <w:trHeight w:val="567"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3193" w:type="dxa"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                            <w:tcMar>
+                              <w:top w:w="0" w:type="dxa"/>
+                              <w:left w:w="108" w:type="dxa"/>
+                              <w:bottom w:w="0" w:type="dxa"/>
+                              <w:right w:w="108" w:type="dxa"/>
+                            </w:tcMar>
+                            <w:vAlign w:val="center"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="6F409997" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              </w:rPr>
+                              <w:t>Date:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="4217" w:type="dxa"/>
+                            <w:gridSpan w:val="3"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                            <w:tcMar>
+                              <w:top w:w="0" w:type="dxa"/>
+                              <w:left w:w="108" w:type="dxa"/>
+                              <w:bottom w:w="0" w:type="dxa"/>
+                              <w:right w:w="108" w:type="dxa"/>
+                            </w:tcMar>
+                            <w:vAlign w:val="center"/>
+                          </w:tcPr>
+                          <w:p w14:paraId="1C5123A1" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2762" w:type="dxa"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                            <w:tcMar>
+                              <w:top w:w="0" w:type="dxa"/>
+                              <w:left w:w="10" w:type="dxa"/>
+                              <w:bottom w:w="0" w:type="dxa"/>
+                              <w:right w:w="10" w:type="dxa"/>
+                            </w:tcMar>
+                          </w:tcPr>
+                          <w:p w14:paraId="6FD08F02" w14:textId="77777777" w:rsidR="00D751E0" w:rsidRDefault="00D751E0" w:rsidP="00D751E0">
+                            <w:pPr>
+                              <w:spacing w:after="0"/>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p w14:paraId="2FFCC482" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3BDD6DAE" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                    <w:p w14:paraId="2FFCC483" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3BDD6DAF" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                    <w:p w14:paraId="2FFCC484" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3BDD6DB0" w14:textId="77777777" w:rsidR="00042E13" w:rsidRDefault="00042E13">
+                    <w:p w14:paraId="2FFCC485" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00042E13">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId15"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="11992"/>
+        <w:tblW w:w="10172" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="969"/>
+        <w:gridCol w:w="2101"/>
+        <w:gridCol w:w="3215"/>
+        <w:gridCol w:w="3887"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009041CA" w14:paraId="046FFAD0" w14:textId="77777777" w:rsidTr="009041CA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6285" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4030E85D" w14:textId="77777777" w:rsidR="009041CA" w:rsidRDefault="009041CA" w:rsidP="009041CA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="227"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74C258E7" wp14:editId="5ED984F6">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-9525</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>-1251585</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="6596380" cy="1328420"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="5078"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1906534382" name="Text Box 4"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="6596380" cy="1328420"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                                <a:prstDash/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="2992745D" w14:textId="77777777" w:rsidR="009041CA" w:rsidRDefault="009041CA" w:rsidP="009041CA">
+                                  <w:pPr>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                    </w:rPr>
+                                    <w:t>To be signed by the next of kin:</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="7286DB44" w14:textId="77777777" w:rsidR="009041CA" w:rsidRDefault="009041CA" w:rsidP="009041CA">
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                    </w:rPr>
+                                    <w:t>I hereby certify that I have read the above application and signed a copy of the Rules and Regulations governing the Cemetery, which I understand, and I and my family agree to act within these rules at all times. The fees charged are specifically a commuted sum for the perpetual maintenance of the cemetery and NOT a right of ownership.</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                    </w:rPr>
+                                    <w:t>Any grant of exclusive right of burial is for a maximum of 50 years as laid down by current legislation.</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="3A96A47B" w14:textId="77777777" w:rsidR="009041CA" w:rsidRDefault="009041CA" w:rsidP="009041CA"/>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" compatLnSpc="1">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="74C258E7" id="Text Box 4" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-.75pt;margin-top:-98.55pt;width:519.4pt;height:104.6pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXkRa/wgEAAHQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N85t06wVsmobbVVp&#10;1VZK9wMIhhgJGAokdvr1HXA2ibZvq75gmAMz55wZrx56a8hRhqjBMToZjSmRTkCj3Z7R51+PH5aU&#10;xMRdww04yehJRvqwfv9u1flaTqEF08hAMImLdecZbVPydVVF0UrL4wi8dAgqCJYnPIZ91QTeYXZr&#10;qul4vKg6CI0PIGSMGN0MIF2X/EpJkX4oFWUihlHklsoayrrLa7Ve8XofuG+1ONPgb2BhuXZY9JJq&#10;wxMnh6D/SWW1CBBBpZEAW4FSWsiiAdVMxq/UbFvuZdGC5kR/sSn+v7Ti+3HrfwaS+s/QYwOzIZ2P&#10;dcRg1tOrYPMXmRLE0cLTxTbZJyIwuLi7X8yWCAnEJrPpcj4txlbX5z7E9FWCJXnDaMC+FLv48Skm&#10;LIlXX67kag4etTGlN8a9CuR7Gx7b4VWGqyvhvEv9rie6YXT2ImYHzQk14phi7RbCH0o6bDmj8feB&#10;B0mJ+ebQ0/vJfJ5npBzmdx9RBQm3yO4W4U5gKkYTJcP2SxrmChvreXpyWy+yoQP9T4cEShepmePA&#10;6EwdW1scOI9hnp3bc7l1/VnWfwEAAP//AwBQSwMEFAAGAAgAAAAhAJRc2+3fAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj01vwjAMhu+T9h8iT9oNnMKA0TVF06ZdN8E+pN1CY9pqjVM1gXb/nvQE&#10;J9vyo9ePs81gG3GizteOFSRTCYK4cKbmUsHX59vkEYQPmo1uHJOCf/KwyW9vMp0a1/OWTrtQihjC&#10;PtUKqhDaFNEXFVntp64ljruD66wOcexKNJ3uY7htcCblEq2uOV6odEsvFRV/u6NV8P1++P15kB/l&#10;q120vRsksl2jUvd3w/MTiEBDuMAw6kd1yKPT3h3ZeNEomCSLSI51vUpAjIScr+Yg9rGbJYB5htc/&#10;5GcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAV5EWv8IBAAB0AwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlFzb7d8AAAALAQAADwAAAAAAAAAA&#10;AAAAAAAcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;" filled="f" stroked="f">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p w14:paraId="2992745D" w14:textId="77777777" w:rsidR="009041CA" w:rsidRDefault="009041CA" w:rsidP="009041CA">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              </w:rPr>
+                              <w:t>To be signed by the next of kin:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7286DB44" w14:textId="77777777" w:rsidR="009041CA" w:rsidRDefault="009041CA" w:rsidP="009041CA">
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              </w:rPr>
+                              <w:t>I hereby certify that I have read the above application and signed a copy of the Rules and Regulations governing the Cemetery, which I understand, and I and my family agree to act within these rules at all times. The fees charged are specifically a commuted sum for the perpetual maintenance of the cemetery and NOT a right of ownership.</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              </w:rPr>
+                              <w:t>Any grant of exclusive right of burial is for a maximum of 50 years as laid down by current legislation.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3A96A47B" w14:textId="77777777" w:rsidR="009041CA" w:rsidRDefault="009041CA" w:rsidP="009041CA"/>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Signature:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3887" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F4EFDEB" w14:textId="77777777" w:rsidR="009041CA" w:rsidRDefault="009041CA" w:rsidP="009041CA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="227"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009041CA" w14:paraId="3EAC5840" w14:textId="77777777" w:rsidTr="009041CA">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F5BA41" w14:textId="77777777" w:rsidR="009041CA" w:rsidRDefault="009041CA" w:rsidP="009041CA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="227"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2101" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF72E66" w14:textId="77777777" w:rsidR="009041CA" w:rsidRDefault="009041CA" w:rsidP="009041CA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="227"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BBD047" w14:textId="77777777" w:rsidR="009041CA" w:rsidRDefault="009041CA" w:rsidP="009041CA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="227"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3887" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="10" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="10" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="743209BC" w14:textId="77777777" w:rsidR="009041CA" w:rsidRDefault="009041CA" w:rsidP="009041CA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="227"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2FFCC4EF" w14:textId="5704F63A" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FFCC4FA" w14:textId="77777777" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FFCC503" w14:textId="21DD422D" w:rsidR="00C37BF0" w:rsidRDefault="00C37BF0"/>
+    <w:sectPr w:rsidR="00C37BF0">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BDD6D90" w14:textId="77777777" w:rsidR="00246F55" w:rsidRDefault="00246F55">
+    <w:p w14:paraId="01D7DA19" w14:textId="77777777" w:rsidR="00E46262" w:rsidRDefault="00E46262">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BDD6D92" w14:textId="77777777" w:rsidR="00246F55" w:rsidRDefault="00246F55">
+    <w:p w14:paraId="57E6776E" w14:textId="77777777" w:rsidR="00E46262" w:rsidRDefault="00E46262">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -5091,209 +5207,226 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3BDD6D97" w14:textId="77777777" w:rsidR="00246F55" w:rsidRDefault="00246F55">
+  <w:p w14:paraId="2FFCC471" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9"/>
       </w:pBdr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
       <w:t>Page</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3BDD6D98" w14:textId="21E8109C" w:rsidR="00246F55" w:rsidRDefault="00C55B90">
+  <w:p w14:paraId="2FFCC472" w14:textId="7EEA05CB" w:rsidR="00000000" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>Revised 09/12/25</w:t>
+      <w:t>Revised 0</w:t>
+    </w:r>
+    <w:r w:rsidR="009041CA">
+      <w:t>5</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="009041CA">
+      <w:t>01</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/2</w:t>
+    </w:r>
+    <w:r w:rsidR="009041CA">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BDD6D8C" w14:textId="77777777" w:rsidR="00246F55" w:rsidRDefault="00246F55">
+    <w:p w14:paraId="1EC3BFBD" w14:textId="77777777" w:rsidR="00E46262" w:rsidRDefault="00E46262">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BDD6D8E" w14:textId="77777777" w:rsidR="00246F55" w:rsidRDefault="00246F55">
+    <w:p w14:paraId="417C3CBE" w14:textId="77777777" w:rsidR="00E46262" w:rsidRDefault="00E46262">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3BDD6D94" w14:textId="77777777" w:rsidR="00246F55" w:rsidRDefault="00246F55">
+  <w:p w14:paraId="2FFCC46E" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3BDD6D95" w14:textId="77777777" w:rsidR="00246F55" w:rsidRDefault="00246F55">
+  <w:p w14:paraId="2FFCC46F" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00042E13"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00EB1C11"/>
+    <w:rsidRoot w:val="00C37BF0"/>
+    <w:rsid w:val="00226759"/>
+    <w:rsid w:val="003C5E1E"/>
+    <w:rsid w:val="009041CA"/>
+    <w:rsid w:val="00C37BF0"/>
+    <w:rsid w:val="00D751E0"/>
+    <w:rsid w:val="00E46262"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="3BDD6D81"/>
-  <w15:docId w15:val="{30916D0E-D283-45D6-BC27-7C35E2D22221}"/>
+  <w14:docId w14:val="2FFCC45B"/>
+  <w15:docId w15:val="{17016A6B-CC86-47E8-A1D5-B32F871F50DE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         <w:kern w:val="3"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5636,225 +5769,226 @@
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressAutoHyphens/>
-      <w:spacing w:line="249" w:lineRule="auto"/>
+      <w:spacing w:line="247" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="360" w:after="80" w:line="256" w:lineRule="auto"/>
+      <w:spacing w:before="360" w:after="80" w:line="254" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
       <w:color w:val="0F4761"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80" w:line="256" w:lineRule="auto"/>
+      <w:spacing w:before="160" w:after="80" w:line="254" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
       <w:color w:val="0F4761"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80" w:line="256" w:lineRule="auto"/>
+      <w:spacing w:before="160" w:after="80" w:line="254" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:color w:val="0F4761"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40" w:line="256" w:lineRule="auto"/>
+      <w:spacing w:before="80" w:after="40" w:line="254" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40" w:line="256" w:lineRule="auto"/>
+      <w:spacing w:before="80" w:after="40" w:line="254" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:color w:val="0F4761"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0" w:line="256" w:lineRule="auto"/>
+      <w:spacing w:before="40" w:after="0" w:line="254" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0" w:line="256" w:lineRule="auto"/>
+      <w:spacing w:before="40" w:after="0" w:line="254" w:lineRule="auto"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:color w:val="595959"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:color w:val="272727"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -5953,122 +6087,122 @@
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="3"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
-      <w:spacing w:line="256" w:lineRule="auto"/>
+      <w:spacing w:line="254" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:color w:val="595959"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="595959"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
-      <w:spacing w:before="160" w:line="256" w:lineRule="auto"/>
+      <w:spacing w:before="160" w:line="254" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:spacing w:line="256" w:lineRule="auto"/>
+      <w:spacing w:line="254" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761"/>
       </w:pBdr>
-      <w:spacing w:before="360" w:after="360" w:line="256" w:lineRule="auto"/>
+      <w:spacing w:before="360" w:after="360" w:line="254" w:lineRule="auto"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
@@ -6124,51 +6258,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:color w:val="96607D"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cemeteryclerk@huntington-pc.gov.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.huntington-pc.gov.uk/cemetery-terms-and-conditions" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cemeteryclerk@huntington-pc.gov.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d.docs.live.net/4472529399010594/Documents/Ammenities/Website/Cemetery%20Page/Cemetery%20Rules%20Form.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.huntington-pc.gov.uk/cemetery-terms-and-conditions" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://d.docs.live.net/4472529399010594/Documents/Ammenities/Website/Cemetery%20Page/Cemetery%20Rules%20Form.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.huntington-pc.gov.uk/charges-for-cemetery" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cemeteryclerk@huntington-pc.gov.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cemeteryclerk@huntington-pc.gov.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.huntington-pc.gov.uk/cemetery-terms-and-conditions" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.huntington-pc.gov.uk/cemetery-terms-and-conditions" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.huntington-pc.gov.uk/charges-for-cemetery" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="Normal" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -6431,54 +6565,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>65</Words>
-  <Characters>923</Characters>
+  <Words>138</Words>
+  <Characters>790</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>65</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>923</CharactersWithSpaces>
+  <CharactersWithSpaces>927</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Deputy Clerk</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>